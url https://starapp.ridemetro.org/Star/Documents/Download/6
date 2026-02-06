--- v0 (2025-10-09)
+++ v1 (2026-02-06)
@@ -1,573 +1,441 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="000801A8" w:rsidRPr="009E498A" w:rsidRDefault="000801A8" w:rsidP="00B87D6B">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="009E498A">
+    <w:p w14:paraId="71BE9E38" w14:textId="77777777" w:rsidR="00C80591" w:rsidRDefault="008667C5">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">To whom it may concern, </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000801A8" w:rsidRPr="009E498A" w:rsidRDefault="000801A8" w:rsidP="00B87D6B">
-[...328 lines deleted...]
-      <w:r w:rsidRPr="009E498A">
+    <w:p w14:paraId="71BE9E39" w14:textId="77777777" w:rsidR="00C80591" w:rsidRDefault="00C80591">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71BE9E3A" w14:textId="1E3E9E3A" w:rsidR="00C80591" w:rsidRDefault="008667C5">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Houston-area drivers spend more time commuting to and from work than the average American. A Houston-area commute is not only time consuming and energy draining but it is also the second most expensive commute in the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">country. What if (name of company) could offer its employees a benefit which would save us time and money at no cost to the company? METRO </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Vanpool has successfully partnered with dozens of Houston-area organizations to give their employees a stress-free, affordable commuting option, tailored to their needs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71BE9E3B" w14:textId="77777777" w:rsidR="00C80591" w:rsidRDefault="00C80591">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71BE9E3C" w14:textId="2E6D87D3" w:rsidR="00C80591" w:rsidRDefault="008667C5">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Considering bad commutes cause 23% of workers to leave a job, supporting METRO’s turn-key vanpool program is one of the most impactful perks a company could offer that can improve retention and recruitment. Vanpooling is a game changer for Houston commuters in bumper-to bumper traffic who constantly wonder why getting to work is a job in and of itself. (Company name)’s employees’ commuting experience is just as essential as their experience in the workplace; so, by making it easier for them to get to work, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">you will be improving overall job satisfaction, productivity, and morale. In a city that has the second highest percentage of </w:t>
+      </w:r>
+      <w:r w:rsidR="00332934">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>burned-out</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> workers, providing your employees with a better commuting option demonstrates you care and are invested in their well-being. Through the METRO </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vanpool program, our company will also make a significant positive impact on the community by helping improve traffic conditions and air quality through the reduction of cars on the road. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71BE9E3D" w14:textId="77777777" w:rsidR="00C80591" w:rsidRDefault="00C80591">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71BE9E3E" w14:textId="11060153" w:rsidR="00C80591" w:rsidRDefault="008667C5">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I am confident that our company can realize these benefits from the program. Our METRO Vanpool </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>account executive, (name of your account executive), would love the opportunity to spend a few minutes with our human resources or benefits coordinator(s) to share more details on how to get started and answer any questions. Should this be of interest to you, please reach them at (phone number) or (email address) or please let me know to whom they should reach out to schedule a meeting at your convenience.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71BE9E3F" w14:textId="77777777" w:rsidR="00C80591" w:rsidRDefault="00C80591">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71BE9E40" w14:textId="77777777" w:rsidR="00C80591" w:rsidRDefault="008667C5">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">I greatly appreciate your time and hope to hear from you soon. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000801A8" w:rsidRPr="009E498A" w:rsidRDefault="000801A8" w:rsidP="00B87D6B">
-[...14 lines deleted...]
-      <w:r w:rsidRPr="009E498A">
+    <w:p w14:paraId="71BE9E41" w14:textId="77777777" w:rsidR="00C80591" w:rsidRDefault="00C80591">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71BE9E42" w14:textId="77777777" w:rsidR="00C80591" w:rsidRDefault="008667C5">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Thank you, </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000801A8" w:rsidRPr="009E498A" w:rsidRDefault="000801A8" w:rsidP="00B87D6B">
-[...14 lines deleted...]
-      <w:r w:rsidRPr="009E498A">
+    <w:p w14:paraId="71BE9E43" w14:textId="77777777" w:rsidR="00C80591" w:rsidRDefault="00C80591">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71BE9E44" w14:textId="77777777" w:rsidR="00C80591" w:rsidRDefault="008667C5">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(signature)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000801A8" w:rsidRPr="009E498A" w:rsidRDefault="000801A8" w:rsidP="00B87D6B">
-[...16 lines deleted...]
-    <w:sectPr w:rsidR="000801A8" w:rsidRPr="00B87D6B">
+    <w:p w14:paraId="71BE9E45" w14:textId="77777777" w:rsidR="00C80591" w:rsidRDefault="00C80591">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00C80591">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="71BE9E49" w14:textId="77777777" w:rsidR="00C80591" w:rsidRDefault="008667C5">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="71BE9E4A" w14:textId="77777777" w:rsidR="00C80591" w:rsidRDefault="008667C5">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="DengXian Light">
+    <w:altName w:val="等线 Light"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="DengXian">
+    <w:altName w:val="等线"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="71BE9E47" w14:textId="77777777" w:rsidR="00C80591" w:rsidRDefault="008667C5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="71BE9E48" w14:textId="77777777" w:rsidR="00C80591" w:rsidRDefault="008667C5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-[...1 lines deleted...]
-  <w:zoom w:percent="87"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B87D6B"/>
     <w:rsid w:val="000801A8"/>
     <w:rsid w:val="002D6568"/>
+    <w:rsid w:val="00332934"/>
     <w:rsid w:val="00354A07"/>
     <w:rsid w:val="003D6BA8"/>
     <w:rsid w:val="006945D2"/>
     <w:rsid w:val="006C7660"/>
+    <w:rsid w:val="008667C5"/>
     <w:rsid w:val="009E498A"/>
     <w:rsid w:val="00B87D6B"/>
+    <w:rsid w:val="00C80591"/>
+    <w:rsid w:val="00C822B3"/>
     <w:rsid w:val="00F3207F"/>
+    <w:rsid w:val="7AFD38C7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{0AA6C658-06C3-44ED-91F8-BF6A25AE1119}"/>
+  <w14:docId w14:val="71BE9E38"/>
+  <w15:docId w15:val="{94954430-2EA1-417E-A597-913217DBBAF5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-        <w:sz w:val="22"/>
-[...1 lines deleted...]
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -680,76 +548,76 @@
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -899,242 +767,213 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
-[...3 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -1233,83 +1072,70 @@
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>319</Words>
-  <Characters>1821</Characters>
+  <Words>318</Words>
+  <Characters>1814</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2136</CharactersWithSpaces>
+  <CharactersWithSpaces>2128</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:subject/>
   <dc:creator>Nina Nino</dc:creator>
-  <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
+    <vt:lpwstr>1033-12.2.0.19805</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
+    <vt:lpwstr>23B3E6C1CF164C468788739F46C66C34_13</vt:lpwstr>
+  </property>
+</Properties>
+</file>